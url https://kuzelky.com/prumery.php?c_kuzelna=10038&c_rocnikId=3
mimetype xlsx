--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -65,50 +65,53 @@
   <si>
     <t>22.3.2008</t>
   </si>
   <si>
     <t>8.3.2008</t>
   </si>
   <si>
     <t>16.2.2008</t>
   </si>
   <si>
     <t>2.2.2008</t>
   </si>
   <si>
     <t>12.1.2008</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Miroslav Plachý</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -152,143 +155,143 @@
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>4.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
+    <t>Stanislav Feike</t>
+  </si>
+  <si>
+    <t>7.4.2022</t>
+  </si>
+  <si>
+    <t>4.11.2021</t>
+  </si>
+  <si>
+    <t>1.10.2020</t>
+  </si>
+  <si>
+    <t>28.9.2019</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>2.2.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>8.4.2017</t>
+  </si>
+  <si>
+    <t>18.3.2017</t>
+  </si>
+  <si>
+    <t>28.10.2016</t>
+  </si>
+  <si>
+    <t>2.4.2016</t>
+  </si>
+  <si>
+    <t>12.3.2016</t>
+  </si>
+  <si>
+    <t>27.2.2016</t>
+  </si>
+  <si>
+    <t>6.2.2016</t>
+  </si>
+  <si>
+    <t>12.12.2015</t>
+  </si>
+  <si>
+    <t>24.10.2015</t>
+  </si>
+  <si>
+    <t>18.4.2015</t>
+  </si>
+  <si>
+    <t>28.3.2015</t>
+  </si>
+  <si>
+    <t>14.3.2015</t>
+  </si>
+  <si>
+    <t>28.2.2015</t>
+  </si>
+  <si>
+    <t>17.1.2015</t>
+  </si>
+  <si>
+    <t>29.11.2014</t>
+  </si>
+  <si>
+    <t>15.11.2014</t>
+  </si>
+  <si>
+    <t>25.10.2014</t>
+  </si>
+  <si>
+    <t>20.9.2014</t>
+  </si>
+  <si>
+    <t>Pavel Černohous</t>
+  </si>
+  <si>
+    <t>18.1.2024</t>
+  </si>
+  <si>
+    <t>26.10.2023</t>
+  </si>
+  <si>
     <t>5.11.2022</t>
   </si>
   <si>
-    <t>Stanislav Feike</t>
-[...88 lines deleted...]
-  <si>
     <t>13.1.2022</t>
   </si>
   <si>
     <t>31.12.2021</t>
   </si>
   <si>
     <t>18.11.2021</t>
   </si>
   <si>
     <t>14.10.2021</t>
   </si>
   <si>
     <t>7.10.2021</t>
   </si>
   <si>
     <t>23.9.2021</t>
   </si>
   <si>
     <t>9.9.2021</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>9.11.2019</t>
@@ -366,53 +369,50 @@
     <t>14.11.2009</t>
   </si>
   <si>
     <t>31.10.2009</t>
   </si>
   <si>
     <t>3.10.2009</t>
   </si>
   <si>
     <t>20.10.2007</t>
   </si>
   <si>
     <t>22.9.2007</t>
   </si>
   <si>
     <t>Václav Kovařík</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>24.3.2022</t>
   </si>
   <si>
     <t>10.2.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>18.12.2021</t>
   </si>
   <si>
     <t>Martin Hambálek</t>
   </si>
   <si>
     <t>6.10.2007</t>
   </si>
   <si>
     <t>Karel Meissel</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>27.2.2010</t>
   </si>
   <si>
     <t>19.9.2009</t>
   </si>
   <si>
     <t>18.4.2009</t>
   </si>
@@ -1267,138 +1267,138 @@
       </c>
       <c r="AA7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="4">
+        <v>492</v>
+      </c>
+      <c r="D8" s="4">
         <v>413</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>453</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>439</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>426</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>435</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>413</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>447</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>431</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>423</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>426</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>476</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>438</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>418</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>435</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>441</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>452</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>417</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>383</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>419</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>422</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>414</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>439</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>411</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>429</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>392</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>425</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>454</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>432</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1754,120 +1754,120 @@
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="4">
         <v>345</v>
       </c>
       <c r="D16" s="4">
         <v>357</v>
       </c>
       <c r="E16" s="4">
@@ -2030,123 +2030,123 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="4">
         <v>428</v>
       </c>
       <c r="D20" s="4">
         <v>401</v>
       </c>
       <c r="E20" s="4">
         <v>402</v>
       </c>
       <c r="F20" s="4">
         <v>399</v>
       </c>
       <c r="G20" s="4">
         <v>423</v>
       </c>
       <c r="H20" s="4">
         <v>401</v>
       </c>
       <c r="I20" s="4">
@@ -2255,239 +2255,239 @@
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>33</v>
+        <v>116</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>117</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>77</v>
+        <v>118</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>118</v>
+        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="4">
+        <v>405</v>
+      </c>
+      <c r="D24" s="4">
         <v>438</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>405</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>426</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>429</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>397</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>420</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>389</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>406</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>424</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>421</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>438</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>408</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>415</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>436</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>405</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>389</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>460</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>431</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>423</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>398</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>454</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>416</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>417</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>426</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>434</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>396</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>424</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>416</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2537,123 +2537,123 @@
       </c>
       <c r="X25" s="6">
         <v>100</v>
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
-      <c r="AF25" s="7">
-        <v>120</v>
+      <c r="AF25" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>120</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="4">
         <v>372</v>
       </c>
       <c r="D28" s="4">
         <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>122</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>123</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>125</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>126</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>127</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>128</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>131</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>131</v>
       </c>
@@ -2876,51 +2876,51 @@
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>124</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>128</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>131</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>132</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>133</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>134</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>135</v>
       </c>
@@ -3149,60 +3149,60 @@
       <c r="U39" s="6" t="s">
         <v>158</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>159</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>160</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>161</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>162</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>163</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>164</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>165</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="7">
         <v>508</v>
       </c>
       <c r="D40" s="4">
         <v>404</v>
       </c>
       <c r="E40" s="4">
         <v>400</v>
       </c>
       <c r="F40" s="4">
         <v>438</v>
       </c>
       <c r="G40" s="4">
         <v>446</v>
       </c>
       <c r="H40" s="4">
         <v>435</v>
       </c>
       <c r="I40" s="4">
@@ -3359,54 +3359,54 @@
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>128</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>129</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>131</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>132</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>133</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>135</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>136</v>
       </c>
@@ -3542,132 +3542,132 @@
         <v>14</v>
       </c>
       <c r="C48" s="4">
         <v>412</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>170</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>171</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>172</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>173</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>174</v>
       </c>
       <c r="P51" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>175</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>122</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>176</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>177</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>178</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA51" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>179</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>123</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>180</v>
       </c>
       <c r="AE51" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="7">
         <v>585</v>
       </c>
       <c r="D52" s="7">
         <v>567</v>
       </c>
       <c r="E52" s="7">
         <v>545</v>
       </c>
       <c r="F52" s="7">
         <v>587</v>
       </c>
       <c r="G52" s="7">
         <v>572</v>
       </c>
       <c r="H52" s="7">
@@ -3869,96 +3869,96 @@
       <c r="I55" s="6" t="s">
         <v>162</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>163</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>164</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>186</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>187</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>188</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>189</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>165</v>
       </c>
       <c r="Q55" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="R55" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="S55" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="T55" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>190</v>
       </c>
       <c r="V55" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>191</v>
       </c>
       <c r="X55" s="6" t="s">
         <v>192</v>
       </c>
       <c r="Y55" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Z55" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AA55" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AB55" s="6" t="s">
         <v>168</v>
       </c>
       <c r="AC55" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AD55" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AE55" s="6" t="s">
         <v>193</v>
       </c>
       <c r="AF55" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="4">
         <v>423</v>
       </c>
       <c r="D56" s="4">
         <v>427</v>
       </c>
       <c r="E56" s="4">
         <v>443</v>
       </c>
       <c r="F56" s="4">
         <v>447</v>
       </c>
       <c r="G56" s="4">
         <v>423</v>
       </c>
       <c r="H56" s="4">
         <v>432</v>
       </c>
       <c r="I56" s="4">