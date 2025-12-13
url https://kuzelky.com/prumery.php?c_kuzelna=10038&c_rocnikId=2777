--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>Výsledky hráčů družstva TJ Pozemstav Prostějov na kuželně TJ  Prostějov</t>
   </si>
   <si>
     <t>Ivan Brzobohatý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.9.2020</t>
   </si>
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>5.11.2016</t>
   </si>
   <si>
     <t>22.10.2016</t>
   </si>
   <si>
@@ -582,50 +582,53 @@
     <t>12.9.2020</t>
   </si>
   <si>
     <t>Pavel Černohous</t>
   </si>
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>31.12.2021</t>
   </si>
   <si>
     <t>14.10.2021</t>
   </si>
   <si>
     <t>23.9.2021</t>
   </si>
   <si>
     <t>9.9.2021</t>
   </si>
   <si>
     <t>12.1.2019</t>
   </si>
   <si>
     <t>Zdeněk Chudožilov</t>
+  </si>
+  <si>
+    <t>9.12.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>10.12.2011</t>
   </si>
   <si>
     <t>9.10.2010</t>
   </si>
   <si>
     <t>2.10.2010</t>
   </si>
   <si>
     <t>17.4.2010</t>
   </si>
   <si>
     <t>13.3.2010</t>
   </si>
   <si>
     <t>Václav Kovařík</t>
   </si>
   <si>
     <t>10.2.2022</t>
   </si>
@@ -3506,166 +3509,172 @@
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="D39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="F39" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>192</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>193</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>194</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>195</v>
+      </c>
+      <c r="V39" s="6" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="4">
+        <v>382</v>
+      </c>
+      <c r="D40" s="4">
         <v>380</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>364</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>374</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>325</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>398</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>334</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>397</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>406</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>422</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>377</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>370</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>431</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>373</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>423</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>379</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>421</v>
       </c>
-      <c r="S40" s="7">
+      <c r="T40" s="7">
         <v>490</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>390</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
@@ -3677,63 +3686,66 @@
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
-      <c r="S41" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="S41" s="6">
+        <v>100</v>
+      </c>
+      <c r="T41" s="7">
+        <v>120</v>
       </c>
       <c r="U41" s="6">
+        <v>100</v>
+      </c>
+      <c r="V41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>83</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>84</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>85</v>
       </c>
@@ -3776,51 +3788,51 @@
       <c r="V43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>30</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>34</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>35</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>131</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>133</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="4">
         <v>405</v>
       </c>
       <c r="D44" s="4">
         <v>438</v>
       </c>
       <c r="E44" s="4">
         <v>405</v>
       </c>
       <c r="F44" s="4">
         <v>426</v>
       </c>
       <c r="G44" s="4">
@@ -3977,150 +3989,150 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>82</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>83</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>83</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>84</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>84</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>85</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>85</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>87</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>88</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>89</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>90</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>163</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>164</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>165</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB51" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="7">
         <v>613</v>
       </c>
       <c r="D52" s="7">
         <v>559</v>
       </c>
       <c r="E52" s="7">
@@ -4283,51 +4295,51 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>188</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>97</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="4">
         <v>363</v>
       </c>
       <c r="D56" s="4">
@@ -4337,51 +4349,51 @@
         <v>419</v>
       </c>
       <c r="F56" s="4">
         <v>417</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>82</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>83</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>84</v>
       </c>
@@ -4625,90 +4637,90 @@
       </c>
       <c r="Z61" s="6">
         <v>100</v>
       </c>
       <c r="AA61" s="6">
         <v>100</v>
       </c>
       <c r="AB61" s="6">
         <v>100</v>
       </c>
       <c r="AC61" s="6">
         <v>100</v>
       </c>
       <c r="AD61" s="6">
         <v>100</v>
       </c>
       <c r="AE61" s="6">
         <v>100</v>
       </c>
       <c r="AF61" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>141</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>145</v>
       </c>
       <c r="N63" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>149</v>
       </c>
       <c r="P63" s="6" t="s">
         <v>121</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>154</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>156</v>
       </c>
       <c r="S63" s="6" t="s">
         <v>123</v>
       </c>
       <c r="T63" s="6" t="s">
         <v>157</v>
       </c>
       <c r="U63" s="6" t="s">
         <v>125</v>
       </c>
       <c r="V63" s="6" t="s">
         <v>126</v>
       </c>