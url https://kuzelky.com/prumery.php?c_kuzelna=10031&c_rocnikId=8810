--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -122,90 +122,90 @@
   <si>
     <t>9.3.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>7.1.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zdeněk Štohanzl</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>15.9.2025</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>4.12.2021</t>
   </si>
   <si>
     <t>Renáta Smijová</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>Karel Vágner</t>
   </si>
   <si>
     <t>29.9.2025</t>
   </si>
@@ -947,224 +947,224 @@
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="J7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M7" s="6" t="s">
+      <c r="N7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="S7" s="6" t="s">
+      <c r="T7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="U7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="V7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X7" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>372</v>
+      </c>
+      <c r="D8" s="4">
         <v>375</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>313</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>383</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>340</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>362</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>352</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>421</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>369</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>399</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>407</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>330</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>354</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>385</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>400</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>403</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>377</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>398</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>416</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>380</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>376</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>427</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>391</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>417</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>386</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>368</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>401</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>441</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>417</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1226,126 +1226,126 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>387</v>
       </c>
       <c r="D12" s="4">
         <v>373</v>
       </c>
       <c r="E12" s="4">
@@ -1514,135 +1514,135 @@
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>355</v>
       </c>
       <c r="D16" s="4">
         <v>354</v>
       </c>
       <c r="E16" s="4">
         <v>337</v>
       </c>
       <c r="F16" s="4">
         <v>348</v>
       </c>
       <c r="G16" s="4">
         <v>398</v>
       </c>
       <c r="H16" s="4">
@@ -1808,120 +1808,120 @@
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>396</v>
       </c>
       <c r="D20" s="4">
         <v>421</v>
       </c>
       <c r="E20" s="4">
@@ -2099,224 +2099,224 @@
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F23" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="S23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>377</v>
+      </c>
+      <c r="D24" s="4">
         <v>413</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>395</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>394</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>385</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>352</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>435</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>375</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>402</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>397</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>381</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>401</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>393</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>391</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>411</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>421</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="T24" s="4">
         <v>406</v>
       </c>
       <c r="U24" s="4">
+        <v>406</v>
+      </c>
+      <c r="V24" s="4">
         <v>370</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>413</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>370</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>391</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>413</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>392</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>396</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>378</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>393</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>395</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">