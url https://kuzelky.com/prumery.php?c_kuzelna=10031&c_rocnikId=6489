--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>Výsledky hráčů družstva TJ Opava ˝D˝ na kuželně TJ Opava</t>
   </si>
   <si>
     <t>Vladislav Kobelár</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>24.10.2022</t>
   </si>
   <si>
     <t>19.9.2022</t>
   </si>
   <si>
     <t>21.2.2022</t>
   </si>
   <si>
     <t>13.12.2021</t>
   </si>
   <si>
     <t>21.9.2020</t>
   </si>
   <si>
@@ -519,50 +519,53 @@
     <t>Vladimír Kozák</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>5.11.2024</t>
   </si>
   <si>
     <t>21.11.2023</t>
   </si>
   <si>
     <t>14.11.2023</t>
   </si>
   <si>
     <t>7.3.2022</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>Tomáš Polok</t>
+  </si>
+  <si>
+    <t>8.12.2025</t>
   </si>
   <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>15.9.2025</t>
   </si>
   <si>
     <t>31.3.2025</t>
   </si>
   <si>
     <t>17.2.2025</t>
   </si>
   <si>
     <t>3.2.2025</t>
   </si>
   <si>
     <t>20.1.2025</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
@@ -3080,227 +3083,227 @@
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>169</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>170</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="I35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>174</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>175</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>176</v>
       </c>
       <c r="O35" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="P35" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>178</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>179</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>180</v>
       </c>
       <c r="U35" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="V35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="X35" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="X35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y35" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="Z35" s="6" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>184</v>
       </c>
       <c r="AB35" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AC35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD35" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="AE35" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>398</v>
+      </c>
+      <c r="D36" s="4">
         <v>441</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>430</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>402</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>497</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>441</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>399</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>424</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>421</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>453</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>462</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>418</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>412</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>433</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>440</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>404</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>425</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>430</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>457</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>377</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>428</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>408</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>446</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>444</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>375</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>403</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>448</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>393</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>406</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">