--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Výsledky hráčů družstva SKK Hořice na kuželně SKK Hořice</t>
   </si>
   <si>
     <t>Radek Kroupa</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>19.1.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
@@ -339,50 +339,53 @@
     <t>19.1.2019</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>13.10.2018</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>26.3.2018</t>
   </si>
   <si>
     <t>10.3.2018</t>
   </si>
   <si>
     <t>Radek Košťál</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
@@ -2666,197 +2669,197 @@
       <c r="G27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>116</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>118</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>119</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>120</v>
       </c>
       <c r="O27" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="P27" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="P27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q27" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="R27" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>575</v>
+      </c>
+      <c r="D28" s="4">
         <v>553</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>561</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>586</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>522</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>594</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>553</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>522</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>553</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>577</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>547</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>602</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>568</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>591</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>577</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>582</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>602</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>595</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>600</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>523</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>566</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>563</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>548</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>565</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>587</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>594</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>597</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>556</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>565</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2912,239 +2915,239 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I31" s="6" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>112</v>
+        <v>126</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>113</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>114</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>115</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>117</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>120</v>
       </c>
       <c r="S31" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="T31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U31" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="V31" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>551</v>
+      </c>
+      <c r="D32" s="4">
         <v>565</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>587</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>539</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>555</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>583</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>585</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>507</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>589</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>571</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>535</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>561</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>512</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>499</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>595</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>571</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>564</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>572</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>571</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>587</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>568</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>626</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>553</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>539</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>563</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>581</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>564</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>556</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>551</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3200,239 +3203,239 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="F35" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="G35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>572</v>
+      </c>
+      <c r="D36" s="4">
         <v>585</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="F36" s="4">
         <v>574</v>
       </c>
       <c r="G36" s="4">
+        <v>574</v>
+      </c>
+      <c r="H36" s="4">
         <v>594</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>558</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>600</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>591</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>580</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>566</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>536</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>562</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>577</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>553</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>576</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>608</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>579</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>578</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>504</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>596</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>600</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>593</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>633</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>598</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>599</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>628</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>603</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>577</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3488,93 +3491,93 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
         <v>449</v>
       </c>
       <c r="D40" s="4">
         <v>587</v>
       </c>
       <c r="E40" s="4">
         <v>539</v>
       </c>
       <c r="F40" s="4">
         <v>520</v>
       </c>
       <c r="G40" s="4">
         <v>537</v>
       </c>
       <c r="H40" s="4">
         <v>524</v>
       </c>
       <c r="I40" s="4">
@@ -3623,51 +3626,51 @@
       </c>
       <c r="I41" s="4">
         <v>120</v>
       </c>
       <c r="J41" s="4">
         <v>120</v>
       </c>
       <c r="K41" s="4">
         <v>120</v>
       </c>
       <c r="L41" s="4">
         <v>120</v>
       </c>
       <c r="M41" s="4">
         <v>120</v>
       </c>
       <c r="N41" s="4">
         <v>120</v>
       </c>
       <c r="O41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>8</v>
       </c>