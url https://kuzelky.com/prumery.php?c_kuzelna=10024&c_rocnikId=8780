--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Výsledky hráčů družstva KK Zábřeh ˝C˝ na kuželně KK Šumperk</t>
   </si>
   <si>
     <t>Roman Petráš</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Srovnal</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
@@ -75,50 +75,53 @@
     <t>4.3.2017</t>
   </si>
   <si>
     <t>5.11.2016</t>
   </si>
   <si>
     <t>12.10.2013</t>
   </si>
   <si>
     <t>23.1.2010</t>
   </si>
   <si>
     <t>Martin Vitásek</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>22.2.2022</t>
   </si>
   <si>
     <t>24.10.2015</t>
   </si>
   <si>
     <t>Miroslav Štěpán</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
   </si>
   <si>
     <t>20.9.2014</t>
   </si>
   <si>
     <t>Miroslav Bodanský</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
   <si>
     <t>14.10.2017</t>
   </si>
   <si>
     <t>Lukáš Krejčí</t>
   </si>
   <si>
     <t>Martin Pěnička</t>
   </si>
   <si>
     <t>Valerie Langerová</t>
   </si>
@@ -797,171 +800,180 @@
       </c>
       <c r="F13" s="5">
         <v>100</v>
       </c>
       <c r="G13" s="7">
         <v>120</v>
       </c>
       <c r="H13" s="7">
         <v>120</v>
       </c>
       <c r="I13" s="7">
         <v>120</v>
       </c>
       <c r="J13" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="E15" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="E15" s="5" t="s">
+      <c r="F15" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F15" s="5" t="s">
+      <c r="G15" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G15" s="5" t="s">
+      <c r="H15" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="H15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J15" s="5" t="s">
-        <v>21</v>
+      <c r="K15" s="5" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="B16" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="6">
+        <v>457</v>
+      </c>
+      <c r="D16" s="6">
         <v>438</v>
       </c>
-      <c r="D16" s="6">
+      <c r="E16" s="6">
         <v>430</v>
       </c>
-      <c r="E16" s="6">
+      <c r="F16" s="6">
         <v>428</v>
       </c>
-      <c r="F16" s="6">
+      <c r="G16" s="6">
         <v>458</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>481</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>515</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>464</v>
       </c>
-      <c r="J16" s="6">
+      <c r="K16" s="6">
         <v>387</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="B17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="5">
         <v>100</v>
       </c>
       <c r="D17" s="5">
         <v>100</v>
       </c>
       <c r="E17" s="5">
         <v>100</v>
       </c>
       <c r="F17" s="5">
         <v>100</v>
       </c>
-      <c r="G17" s="7">
-        <v>120</v>
+      <c r="G17" s="5">
+        <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>120</v>
       </c>
       <c r="I17" s="7">
         <v>120</v>
       </c>
-      <c r="J17" s="5">
+      <c r="J17" s="7">
+        <v>120</v>
+      </c>
+      <c r="K17" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>12</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="L19" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="N19" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
         <v>383</v>
       </c>
       <c r="D20" s="6">
         <v>436</v>
       </c>
       <c r="E20" s="6">
         <v>459</v>
       </c>
       <c r="F20" s="6">
         <v>422</v>
       </c>
       <c r="G20" s="6">
         <v>443</v>
       </c>
       <c r="H20" s="6">
@@ -1007,114 +1019,114 @@
       </c>
       <c r="H21" s="5">
         <v>100</v>
       </c>
       <c r="I21" s="5">
         <v>100</v>
       </c>
       <c r="J21" s="5">
         <v>100</v>
       </c>
       <c r="K21" s="5">
         <v>100</v>
       </c>
       <c r="L21" s="5">
         <v>100</v>
       </c>
       <c r="M21" s="5">
         <v>100</v>
       </c>
       <c r="N21" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="B24" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="7">
         <v>478</v>
       </c>
       <c r="D24" s="7">
         <v>502</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="B25" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>7</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="B28" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="6">
         <v>412</v>
       </c>
       <c r="D28" s="6">
         <v>455</v>
       </c>
       <c r="E28" s="6">
         <v>468</v>
       </c>
       <c r="F28" s="6">
         <v>505</v>
       </c>
       <c r="G28" s="6">
         <v>429</v>
       </c>
       <c r="H28" s="6">
         <v>426</v>
       </c>
       <c r="I28" s="6">
@@ -1133,123 +1145,123 @@
       </c>
       <c r="D29" s="5">
         <v>100</v>
       </c>
       <c r="E29" s="5">
         <v>100</v>
       </c>
       <c r="F29" s="5">
         <v>100</v>
       </c>
       <c r="G29" s="5">
         <v>100</v>
       </c>
       <c r="H29" s="5">
         <v>100</v>
       </c>
       <c r="I29" s="5">
         <v>100</v>
       </c>
       <c r="J29" s="5">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="B32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="6">
         <v>431</v>
       </c>
       <c r="D32" s="6">
         <v>445</v>
       </c>
       <c r="E32" s="7">
         <v>520</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="B33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="5">
         <v>100</v>
       </c>
       <c r="D33" s="5">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="B36" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="7">
         <v>512</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="B37" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="B40" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="6">
         <v>366</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="B41" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="5">
         <v>100</v>
       </c>
     </row>
   </sheetData>