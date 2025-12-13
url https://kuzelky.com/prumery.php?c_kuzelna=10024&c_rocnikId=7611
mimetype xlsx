--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Výsledky hráčů družstva KK Šumperk ˝B˝ na kuželně KK Šumperk</t>
   </si>
   <si>
     <t>Miroslav Adámek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>31.3.2019</t>
   </si>
   <si>
     <t>16.3.2019</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
   <si>
     <t>12.1.2019</t>
   </si>
   <si>
@@ -221,50 +221,53 @@
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>Martin Sedlář</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>22.2.2022</t>
   </si>
   <si>
     <t>Adam Bělaška</t>
@@ -302,108 +305,111 @@
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>10.3.2018</t>
   </si>
   <si>
     <t>24.2.2018</t>
   </si>
   <si>
     <t>Milan Vymazal</t>
   </si>
   <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
     <t>26.3.2022</t>
   </si>
   <si>
+    <t>Václav Jeřábek</t>
+  </si>
+  <si>
+    <t>16.2.2019</t>
+  </si>
+  <si>
+    <t>2.2.2019</t>
+  </si>
+  <si>
+    <t>15.9.2018</t>
+  </si>
+  <si>
+    <t>Alois Schöpe</t>
+  </si>
+  <si>
+    <t>Adam Vejmola</t>
+  </si>
+  <si>
+    <t>30.11.2025</t>
+  </si>
+  <si>
+    <t>16.11.2025</t>
+  </si>
+  <si>
+    <t>19.10.2025</t>
+  </si>
+  <si>
+    <t>28.9.2025</t>
+  </si>
+  <si>
+    <t>2.3.2025</t>
+  </si>
+  <si>
+    <t>9.2.2025</t>
+  </si>
+  <si>
+    <t>8.12.2024</t>
+  </si>
+  <si>
+    <t>10.11.2024</t>
+  </si>
+  <si>
+    <t>13.10.2024</t>
+  </si>
+  <si>
+    <t>6.10.2024</t>
+  </si>
+  <si>
+    <t>15.9.2024</t>
+  </si>
+  <si>
+    <t>Patrik Vémola</t>
+  </si>
+  <si>
     <t>12.3.2022</t>
-  </si>
-[...52 lines deleted...]
-    <t>Patrik Vémola</t>
   </si>
   <si>
     <t>René Kaňák</t>
   </si>
   <si>
     <t>Aleš Merta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1640,423 +1646,423 @@
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="F15" s="7" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>71</v>
       </c>
       <c r="H15" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="I15" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="I15" s="7" t="s">
+      <c r="J15" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="J15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K15" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L15" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="L15" s="7" t="s">
+      <c r="M15" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="M15" s="7" t="s">
+      <c r="N15" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="N15" s="7" t="s">
+      <c r="O15" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="O15" s="7" t="s">
+      <c r="P15" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="P15" s="7" t="s">
+      <c r="Q15" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="Q15" s="7" t="s">
+      <c r="R15" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="R15" s="7" t="s">
+      <c r="S15" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="S15" s="7" t="s">
+      <c r="T15" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="T15" s="7" t="s">
+      <c r="U15" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="V15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W15" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="X15" s="7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Z15" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA15" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="AA15" s="7" t="s">
+      <c r="AB15" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AB15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC15" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD15" s="7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="5">
+        <v>528</v>
+      </c>
+      <c r="D16" s="5">
         <v>605</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>589</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>560</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>555</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>570</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>563</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>571</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>567</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>474</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>533</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>541</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>439</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>435</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>585</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>502</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>466</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>469</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>441</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>470</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>584</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>452</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>528</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>594</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>513</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>457</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="AD16" s="4">
         <v>426</v>
       </c>
       <c r="AE16" s="4">
+        <v>426</v>
+      </c>
+      <c r="AF16" s="4">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
       <c r="D17" s="5">
         <v>120</v>
       </c>
       <c r="E17" s="5">
         <v>120</v>
       </c>
       <c r="F17" s="5">
         <v>120</v>
       </c>
       <c r="G17" s="5">
         <v>120</v>
       </c>
       <c r="H17" s="5">
         <v>120</v>
       </c>
       <c r="I17" s="5">
         <v>120</v>
       </c>
       <c r="J17" s="5">
         <v>120</v>
       </c>
-      <c r="K17" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="K17" s="5">
+        <v>120</v>
+      </c>
+      <c r="L17" s="7">
+        <v>100</v>
       </c>
       <c r="M17" s="5">
         <v>120</v>
       </c>
-      <c r="N17" s="7">
-        <v>100</v>
+      <c r="N17" s="5">
+        <v>120</v>
       </c>
       <c r="O17" s="7">
         <v>100</v>
       </c>
-      <c r="P17" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="P17" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q17" s="5">
+        <v>120</v>
       </c>
       <c r="R17" s="7">
         <v>100</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
-      <c r="V17" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="V17" s="7">
+        <v>100</v>
+      </c>
+      <c r="W17" s="5">
+        <v>120</v>
       </c>
       <c r="X17" s="7">
         <v>100</v>
       </c>
-      <c r="Y17" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Y17" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z17" s="5">
+        <v>120</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>52</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>53</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>54</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>63</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>65</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>65</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>66</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>67</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>10</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="4">
         <v>432</v>
       </c>
       <c r="D20" s="4">
         <v>484</v>
       </c>
       <c r="E20" s="4">
         <v>415</v>
       </c>
       <c r="F20" s="4">
         <v>524</v>
       </c>
       <c r="G20" s="4">
         <v>438</v>
       </c>
       <c r="H20" s="4">
         <v>436</v>
       </c>
       <c r="I20" s="4">
@@ -2207,369 +2213,369 @@
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="5">
         <v>120</v>
       </c>
       <c r="AB21" s="5">
         <v>120</v>
       </c>
       <c r="AC21" s="5">
         <v>120</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="D23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G23" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="F23" s="7" t="s">
+      <c r="H23" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="G23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H23" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="7" t="s">
+      <c r="J23" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K23" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="J23" s="7" t="s">
+      <c r="L23" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="K23" s="7" t="s">
+      <c r="M23" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="L23" s="7" t="s">
+      <c r="N23" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="P23" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="P23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="T23" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="S23" s="7" t="s">
+      <c r="U23" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="T23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="AA23" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="Z23" s="7" t="s">
+      <c r="AB23" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="AA23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AD23" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="AC23" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AE23" s="7" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="C24" s="4">
+      <c r="C24" s="5">
+        <v>577</v>
+      </c>
+      <c r="D24" s="4">
         <v>474</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
+        <v>453</v>
+      </c>
+      <c r="F24" s="4">
         <v>455</v>
       </c>
-      <c r="E24" s="4">
+      <c r="G24" s="4">
         <v>447</v>
       </c>
-      <c r="F24" s="4">
+      <c r="H24" s="4">
         <v>441</v>
       </c>
-      <c r="G24" s="4">
+      <c r="I24" s="4">
         <v>470</v>
       </c>
-      <c r="H24" s="4">
+      <c r="J24" s="4">
         <v>426</v>
       </c>
-      <c r="I24" s="4">
+      <c r="K24" s="4">
         <v>451</v>
       </c>
-      <c r="J24" s="4">
+      <c r="L24" s="4">
         <v>442</v>
       </c>
-      <c r="K24" s="4">
+      <c r="M24" s="4">
         <v>444</v>
       </c>
-      <c r="L24" s="4">
+      <c r="N24" s="4">
         <v>431</v>
       </c>
-      <c r="M24" s="4">
+      <c r="O24" s="4">
         <v>454</v>
       </c>
-      <c r="N24" s="4">
+      <c r="P24" s="4">
         <v>432</v>
       </c>
-      <c r="O24" s="5">
+      <c r="Q24" s="5">
         <v>547</v>
       </c>
-      <c r="P24" s="4">
+      <c r="R24" s="4">
         <v>460</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="S24" s="4">
         <v>429</v>
       </c>
-      <c r="R24" s="4">
+      <c r="T24" s="4">
         <v>465</v>
       </c>
-      <c r="S24" s="4">
+      <c r="U24" s="4">
         <v>491</v>
       </c>
-      <c r="T24" s="4">
+      <c r="V24" s="4">
         <v>446</v>
       </c>
-      <c r="U24" s="4">
+      <c r="W24" s="4">
         <v>443</v>
       </c>
-      <c r="V24" s="4">
+      <c r="X24" s="4">
         <v>455</v>
       </c>
-      <c r="W24" s="4">
+      <c r="Y24" s="4">
         <v>460</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Z24" s="4">
         <v>474</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="AA24" s="4">
         <v>440</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AB24" s="4">
         <v>460</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AC24" s="4">
         <v>469</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AD24" s="4">
         <v>461</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AE24" s="4">
         <v>400</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AF24" s="4">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="C25" s="7">
-        <v>100</v>
+      <c r="C25" s="5">
+        <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>100</v>
       </c>
       <c r="K25" s="7">
         <v>100</v>
       </c>
       <c r="L25" s="7">
         <v>100</v>
       </c>
       <c r="M25" s="7">
         <v>100</v>
       </c>
       <c r="N25" s="7">
         <v>100</v>
       </c>
-      <c r="O25" s="5">
-        <v>120</v>
+      <c r="O25" s="7">
+        <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
-      <c r="Q25" s="7">
-        <v>100</v>
+      <c r="Q25" s="5">
+        <v>120</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
       <c r="W25" s="7">
         <v>100</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="4">
         <v>425</v>
       </c>
       <c r="D28" s="4">
         <v>399</v>
       </c>
       <c r="E28" s="4">
         <v>422</v>
       </c>
       <c r="F28" s="4">
         <v>380</v>
       </c>
       <c r="G28" s="4">
         <v>389</v>
       </c>
       <c r="H28" s="4">
         <v>394</v>
       </c>
       <c r="I28" s="4">
@@ -2594,126 +2600,126 @@
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>30</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>32</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>39</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>42</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>45</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>48</v>
       </c>
@@ -2882,57 +2888,57 @@
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
       <c r="Y37" s="7">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>32</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>36</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>38</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>56</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>57</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>40</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>41</v>
       </c>
@@ -2948,75 +2954,75 @@
       <c r="O39" s="7" t="s">
         <v>45</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>47</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>48</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>49</v>
       </c>
       <c r="T39" s="7" t="s">
         <v>50</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>51</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>52</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AC39" s="7" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="4">
         <v>411</v>
       </c>
       <c r="D40" s="4">
         <v>404</v>
       </c>
       <c r="E40" s="4">
         <v>395</v>
       </c>
       <c r="F40" s="4">
         <v>406</v>
       </c>
       <c r="G40" s="4">
         <v>395</v>
       </c>
       <c r="H40" s="4">
@@ -3170,51 +3176,51 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>31</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>34</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>39</v>
       </c>
@@ -3227,57 +3233,57 @@
       <c r="L43" s="7" t="s">
         <v>40</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>43</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>45</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>49</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>52</v>
       </c>
       <c r="S43" s="7" t="s">
         <v>54</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="4">
         <v>462</v>
       </c>
       <c r="D44" s="4">
         <v>449</v>
       </c>
       <c r="E44" s="4">
         <v>466</v>
       </c>
       <c r="F44" s="4">
         <v>396</v>
       </c>
       <c r="G44" s="4">
         <v>390</v>
       </c>
       <c r="H44" s="4">
         <v>441</v>
       </c>
       <c r="I44" s="4">
@@ -3368,51 +3374,51 @@
       </c>
       <c r="P45" s="7">
         <v>100</v>
       </c>
       <c r="Q45" s="7">
         <v>100</v>
       </c>
       <c r="R45" s="7">
         <v>100</v>
       </c>
       <c r="S45" s="7">
         <v>100</v>
       </c>
       <c r="T45" s="7">
         <v>100</v>
       </c>
       <c r="U45" s="7">
         <v>100</v>
       </c>
       <c r="V45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>31</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>32</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>34</v>
       </c>