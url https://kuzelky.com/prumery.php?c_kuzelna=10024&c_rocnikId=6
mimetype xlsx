--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov ˝E˝ na kuželně KK Šumperk</t>
   </si>
   <si>
     <t>Zdeňka Habartová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>8.2.2025</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>1.4.2017</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
@@ -120,50 +120,53 @@
     <t>13.2.2010</t>
   </si>
   <si>
     <t>Jana Martiníková</t>
   </si>
   <si>
     <t>10.2.2008</t>
   </si>
   <si>
     <t>Jaromír Martiník</t>
   </si>
   <si>
     <t>22.3.2014</t>
   </si>
   <si>
     <t>Zbyněk Tesař</t>
   </si>
   <si>
     <t>11.11.2017</t>
   </si>
   <si>
     <t>Pavel Hrnčíř</t>
   </si>
   <si>
     <t>Kamil Kubeša</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>Michal Vavrák</t>
   </si>
   <si>
     <t>Luděk Zeman</t>
   </si>
   <si>
     <t>Michal Klich</t>
   </si>
   <si>
     <t>23.3.2013</t>
   </si>
   <si>
     <t>Martin Borsky</t>
   </si>
@@ -1106,144 +1109,153 @@
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F39" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G39" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="B40" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="7">
+        <v>569</v>
+      </c>
+      <c r="D40" s="7">
         <v>567</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>535</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>544</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>559</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>405</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="B41" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
-      <c r="G41" s="6">
+      <c r="G41" s="7">
+        <v>120</v>
+      </c>
+      <c r="H41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="B44" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="4">
         <v>398</v>
       </c>
       <c r="D44" s="4">
         <v>432</v>
       </c>
       <c r="E44" s="4">
         <v>428</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="B45" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="B48" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="4">
         <v>439</v>
       </c>
       <c r="D48" s="4">
@@ -1253,111 +1265,111 @@
         <v>413</v>
       </c>
       <c r="F48" s="4">
         <v>441</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="B49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="B52" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="4">
         <v>437</v>
       </c>
       <c r="D52" s="4">
         <v>418</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="B53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="B56" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="B57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="B60" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="4">
         <v>406</v>
       </c>
       <c r="D60" s="4">
         <v>440</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="B61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="6">
         <v>100</v>
       </c>
       <c r="D61" s="6">
         <v>100</v>