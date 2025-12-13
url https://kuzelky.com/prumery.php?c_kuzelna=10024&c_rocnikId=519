--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,86 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov ˝B˝ na kuželně KK Šumperk</t>
   </si>
   <si>
     <t>Pavel Skopalík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zdeněk Kment</t>
   </si>
   <si>
     <t>1.4.2017</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>11.10.2014</t>
   </si>
   <si>
     <t>29.1.2011</t>
   </si>
   <si>
     <t>13.1.2010</t>
   </si>
   <si>
     <t>Petr Rak</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>10.2.2018</t>
   </si>
   <si>
     <t>23.3.2013</t>
   </si>
   <si>
     <t>29.9.2007</t>
   </si>
   <si>
     <t>Vlastimil Skopalík</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
@@ -568,51 +571,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D53" sqref="D53"/>
+      <selection activeCell="E53" sqref="E53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
@@ -683,393 +686,402 @@
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H11" s="6" t="s">
-        <v>16</v>
+      <c r="I11" s="6" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="B12" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="7">
+        <v>557</v>
+      </c>
+      <c r="D12" s="7">
         <v>522</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>468</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>518</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>434</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>404</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>473</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="B13" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="7">
         <v>120</v>
       </c>
-      <c r="D13" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="D13" s="7">
+        <v>120</v>
+      </c>
+      <c r="E13" s="6">
+        <v>100</v>
+      </c>
+      <c r="F13" s="7">
+        <v>120</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
+        <v>100</v>
+      </c>
+      <c r="I13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="B16" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="7">
         <v>520</v>
       </c>
       <c r="D16" s="7">
         <v>512</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="B17" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="7">
         <v>516</v>
       </c>
       <c r="D20" s="4">
         <v>451</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="7">
         <v>481</v>
       </c>
       <c r="D24" s="7">
         <v>504</v>
       </c>
       <c r="E24" s="7">
         <v>518</v>
       </c>
       <c r="F24" s="4">
         <v>400</v>
       </c>
       <c r="G24" s="4">
         <v>470</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="B28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="7">
         <v>522</v>
       </c>
       <c r="D28" s="4">
         <v>414</v>
       </c>
       <c r="E28" s="4">
         <v>430</v>
       </c>
       <c r="F28" s="4">
         <v>427</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="4">
         <v>403</v>
       </c>
       <c r="D32" s="4">
         <v>415</v>
       </c>
       <c r="E32" s="4">
         <v>398</v>
       </c>
       <c r="F32" s="4">
         <v>411</v>
       </c>
       <c r="G32" s="4">
         <v>440</v>
       </c>
       <c r="H32" s="4">
         <v>405</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="B33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="7">
         <v>524</v>
       </c>
       <c r="D36" s="7">
         <v>504</v>
       </c>
       <c r="E36" s="7">
         <v>542</v>
       </c>
       <c r="F36" s="4">
         <v>421</v>
       </c>
       <c r="G36" s="4">
         <v>432</v>
       </c>
       <c r="H36" s="4">
         <v>464</v>
       </c>
       <c r="I36" s="4">
@@ -1088,177 +1100,177 @@
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="7">
         <v>572</v>
       </c>
       <c r="D40" s="4">
         <v>431</v>
       </c>
       <c r="E40" s="4">
         <v>420</v>
       </c>
       <c r="F40" s="4">
         <v>375</v>
       </c>
       <c r="G40" s="4">
         <v>419</v>
       </c>
       <c r="H40" s="4">
         <v>413</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="B41" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="B44" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="4">
         <v>437</v>
       </c>
       <c r="D44" s="4">
         <v>418</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="B45" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="B48" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C48" s="4">
         <v>420</v>
       </c>
       <c r="D48" s="4">
         <v>419</v>
       </c>
       <c r="E48" s="4">
         <v>362</v>
       </c>
       <c r="F48" s="7">
         <v>483</v>
       </c>
       <c r="G48" s="7">
         <v>524</v>
       </c>
       <c r="H48" s="4">
@@ -1268,81 +1280,90 @@
     <row r="49" spans="1:10">
       <c r="B49" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>120</v>
       </c>
       <c r="G49" s="7">
         <v>120</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D51" s="6" t="s">
-        <v>37</v>
+      <c r="E51" s="6" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="B52" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C52" s="7">
+        <v>550</v>
+      </c>
+      <c r="D52" s="7">
         <v>515</v>
       </c>
-      <c r="D52" s="7">
+      <c r="E52" s="7">
         <v>503</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="B53" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="7">
         <v>120</v>
       </c>
       <c r="D53" s="7">
+        <v>120</v>
+      </c>
+      <c r="E53" s="7">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>