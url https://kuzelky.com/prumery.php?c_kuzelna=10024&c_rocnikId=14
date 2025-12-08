--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,83 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov ˝C˝ na kuželně KK Šumperk</t>
   </si>
   <si>
     <t>Zdeněk Kment</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>1.4.2017</t>
   </si>
   <si>
     <t>3.12.2016</t>
   </si>
   <si>
     <t>11.10.2014</t>
   </si>
   <si>
     <t>29.1.2011</t>
   </si>
   <si>
     <t>13.1.2010</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Petr Rak</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>10.2.2018</t>
   </si>
   <si>
     <t>23.3.2013</t>
   </si>
   <si>
     <t>29.9.2007</t>
   </si>
   <si>
     <t>Miroslav Petřek st.</t>
   </si>
   <si>
     <t>Jan Kriwenky</t>
   </si>
   <si>
     <t>4.12.2010</t>
   </si>
@@ -698,207 +701,216 @@
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="6" t="s">
-        <v>15</v>
+      <c r="I7" s="6" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="B8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="7">
+        <v>557</v>
+      </c>
+      <c r="D8" s="7">
         <v>522</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>468</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>518</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>434</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>404</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>473</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="B9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="7">
         <v>120</v>
       </c>
-      <c r="D9" s="6">
-[...2 lines deleted...]
-      <c r="E9" s="7">
+      <c r="D9" s="7">
         <v>120</v>
       </c>
-      <c r="F9" s="6">
-        <v>100</v>
+      <c r="E9" s="6">
+        <v>100</v>
+      </c>
+      <c r="F9" s="7">
+        <v>120</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
+        <v>100</v>
+      </c>
+      <c r="I9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="B12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="4">
         <v>398</v>
       </c>
       <c r="D12" s="4">
         <v>355</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="B13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="B16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="4">
         <v>412</v>
       </c>
       <c r="D16" s="4">
         <v>391</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="B17" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="B20" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="B21" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="B24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="4">
         <v>429</v>
       </c>
       <c r="D24" s="4">
         <v>453</v>
       </c>
       <c r="E24" s="4">
         <v>387</v>
       </c>
       <c r="F24" s="4">
@@ -914,81 +926,81 @@
     <row r="25" spans="1:12">
       <c r="B25" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="B28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="7">
         <v>508</v>
       </c>
       <c r="D28" s="4">
         <v>495</v>
       </c>
       <c r="E28" s="4">
         <v>418</v>
       </c>
       <c r="F28" s="4">
         <v>415</v>
       </c>
       <c r="G28" s="4">
         <v>446</v>
       </c>
       <c r="H28" s="4">
         <v>456</v>
       </c>
       <c r="I28" s="4">
@@ -1013,81 +1025,81 @@
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
       <c r="K29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="B32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="4">
         <v>475</v>
       </c>
       <c r="D32" s="4">
         <v>435</v>
       </c>
       <c r="E32" s="4">
         <v>387</v>
       </c>
       <c r="F32" s="4">
         <v>380</v>
       </c>
       <c r="G32" s="4">
         <v>376</v>
       </c>
       <c r="H32" s="4">
         <v>417</v>
       </c>
       <c r="I32" s="4">
@@ -1112,177 +1124,177 @@
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="B36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="4">
         <v>437</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="B37" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="B40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="4">
         <v>403</v>
       </c>
       <c r="D40" s="4">
         <v>415</v>
       </c>
       <c r="E40" s="4">
         <v>398</v>
       </c>
       <c r="F40" s="4">
         <v>411</v>
       </c>
       <c r="G40" s="4">
         <v>440</v>
       </c>
       <c r="H40" s="4">
         <v>405</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="B41" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="B44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="7">
         <v>524</v>
       </c>
       <c r="D44" s="7">
         <v>504</v>
       </c>
       <c r="E44" s="7">
         <v>542</v>
       </c>
       <c r="F44" s="4">
         <v>421</v>
       </c>
       <c r="G44" s="4">
         <v>432</v>
       </c>
       <c r="H44" s="4">
         <v>464</v>
       </c>
       <c r="I44" s="4">
@@ -1301,153 +1313,153 @@
       </c>
       <c r="D45" s="7">
         <v>120</v>
       </c>
       <c r="E45" s="7">
         <v>120</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
         <v>100</v>
       </c>
       <c r="J45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="B48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="7">
         <v>572</v>
       </c>
       <c r="D48" s="4">
         <v>431</v>
       </c>
       <c r="E48" s="4">
         <v>420</v>
       </c>
       <c r="F48" s="4">
         <v>375</v>
       </c>
       <c r="G48" s="4">
         <v>419</v>
       </c>
       <c r="H48" s="4">
         <v>413</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="B49" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="7">
         <v>120</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="B52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="4">
         <v>393</v>
       </c>
       <c r="D52" s="4">
         <v>413</v>
       </c>
       <c r="E52" s="4">
         <v>413</v>
       </c>
       <c r="F52" s="4">
         <v>443</v>
       </c>
       <c r="G52" s="4">
         <v>407</v>
       </c>
       <c r="H52" s="4">
@@ -1481,231 +1493,240 @@
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>29</v>
+        <v>14</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="B56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="7">
+        <v>569</v>
+      </c>
+      <c r="D56" s="7">
         <v>567</v>
       </c>
-      <c r="D56" s="7">
+      <c r="E56" s="7">
         <v>535</v>
       </c>
-      <c r="E56" s="7">
+      <c r="F56" s="7">
         <v>544</v>
       </c>
-      <c r="F56" s="7">
+      <c r="G56" s="7">
         <v>559</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>405</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="B57" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="7">
         <v>120</v>
       </c>
       <c r="D57" s="7">
         <v>120</v>
       </c>
       <c r="E57" s="7">
         <v>120</v>
       </c>
       <c r="F57" s="7">
         <v>120</v>
       </c>
-      <c r="G57" s="6">
+      <c r="G57" s="7">
+        <v>120</v>
+      </c>
+      <c r="H57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="B60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="4">
         <v>398</v>
       </c>
       <c r="D60" s="4">
         <v>432</v>
       </c>
       <c r="E60" s="4">
         <v>428</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="B61" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="6">
         <v>100</v>
       </c>
       <c r="D61" s="6">
         <v>100</v>
       </c>
       <c r="E61" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="B64" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="7">
         <v>524</v>
       </c>
       <c r="D64" s="4">
         <v>467</v>
       </c>
       <c r="E64" s="4">
         <v>392</v>
       </c>
       <c r="F64" s="4">
         <v>426</v>
       </c>
       <c r="G64" s="4">
         <v>419</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="B65" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="7">
         <v>120</v>
       </c>
       <c r="D65" s="6">
         <v>100</v>
       </c>
       <c r="E65" s="6">
         <v>100</v>
       </c>
       <c r="F65" s="6">
         <v>100</v>
       </c>
       <c r="G65" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="B68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C68" s="4">
         <v>437</v>
       </c>
       <c r="D68" s="4">
         <v>418</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="B69" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="6">
         <v>100</v>
       </c>
       <c r="D69" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>