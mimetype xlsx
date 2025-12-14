--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -203,50 +203,53 @@
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>5.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>Dušan Hrčkulák</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>21.4.2023</t>
   </si>
   <si>
     <t>Vladimír Holý</t>
@@ -300,53 +303,50 @@
     <t>21.9.2023</t>
   </si>
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>16.11.2022</t>
   </si>
   <si>
     <t>17.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.9.2022</t>
   </si>
   <si>
     <t>Daniel Brejcha</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>2.3.2025</t>
   </si>
   <si>
     <t>9.2.2025</t>
   </si>
   <si>
     <t>12.1.2025</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>10.11.2024</t>
   </si>
   <si>
     <t>13.10.2024</t>
   </si>
@@ -1685,221 +1685,221 @@
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>68</v>
       </c>
       <c r="K15" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L15" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="L15" s="7" t="s">
+      <c r="M15" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="M15" s="7" t="s">
+      <c r="N15" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="N15" s="7" t="s">
+      <c r="O15" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="O15" s="7" t="s">
+      <c r="P15" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="P15" s="7" t="s">
+      <c r="Q15" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Q15" s="7" t="s">
+      <c r="R15" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="R15" s="7" t="s">
+      <c r="S15" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="S15" s="7" t="s">
+      <c r="T15" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="T15" s="7" t="s">
+      <c r="U15" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="W15" s="7" t="s">
+      <c r="X15" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="X15" s="7" t="s">
+      <c r="Y15" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="Z15" s="7" t="s">
+      <c r="AA15" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AA15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB15" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC15" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="AC15" s="7" t="s">
+      <c r="AD15" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="AD15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="AF15" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
+        <v>621</v>
+      </c>
+      <c r="D16" s="5">
         <v>595</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>572</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>593</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>594</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>575</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>608</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>565</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>611</v>
       </c>
-      <c r="K16" s="5">
+      <c r="L16" s="5">
         <v>566</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>587</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>637</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>596</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>542</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>597</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>540</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>470</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>500</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>499</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>469</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>443</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>471</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>428</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>454</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="AB16" s="4">
         <v>439</v>
       </c>
       <c r="AC16" s="4">
+        <v>439</v>
+      </c>
+      <c r="AD16" s="4">
         <v>491</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>452</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
       <c r="D17" s="5">
         <v>120</v>
       </c>
       <c r="E17" s="5">
         <v>120</v>
       </c>
       <c r="F17" s="5">
         <v>120</v>
       </c>
       <c r="G17" s="5">
         <v>120</v>
       </c>
       <c r="H17" s="5">
         <v>120</v>
       </c>
       <c r="I17" s="5">
@@ -1907,287 +1907,287 @@
       </c>
       <c r="J17" s="5">
         <v>120</v>
       </c>
       <c r="K17" s="5">
         <v>120</v>
       </c>
       <c r="L17" s="5">
         <v>120</v>
       </c>
       <c r="M17" s="5">
         <v>120</v>
       </c>
       <c r="N17" s="5">
         <v>120</v>
       </c>
       <c r="O17" s="5">
         <v>120</v>
       </c>
       <c r="P17" s="5">
         <v>120</v>
       </c>
       <c r="Q17" s="5">
         <v>120</v>
       </c>
-      <c r="R17" s="7">
-        <v>100</v>
+      <c r="R17" s="5">
+        <v>120</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
       <c r="W17" s="7">
         <v>100</v>
       </c>
       <c r="X17" s="7">
         <v>100</v>
       </c>
       <c r="Y17" s="7">
         <v>100</v>
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>66</v>
       </c>
       <c r="G19" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>68</v>
       </c>
       <c r="L19" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M19" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AA19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB19" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC19" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="AE19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF19" s="7" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
+        <v>561</v>
+      </c>
+      <c r="D20" s="5">
         <v>528</v>
       </c>
-      <c r="D20" s="5">
+      <c r="E20" s="5">
         <v>563</v>
       </c>
-      <c r="E20" s="5">
+      <c r="F20" s="5">
         <v>551</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>534</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>589</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>548</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>488</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>529</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>579</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>587</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>555</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>572</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>516</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>525</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>524</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>450</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>468</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>462</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>476</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>496</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>457</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>435</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>463</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>473</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>458</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>456</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>482</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>429</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="5">
         <v>120</v>
       </c>
       <c r="D21" s="5">
         <v>120</v>
       </c>
       <c r="E21" s="5">
         <v>120</v>
       </c>
       <c r="F21" s="5">
         <v>120</v>
       </c>
       <c r="G21" s="5">
         <v>120</v>
       </c>
       <c r="H21" s="5">
         <v>120</v>
       </c>
       <c r="I21" s="5">
@@ -2195,613 +2195,613 @@
       </c>
       <c r="J21" s="5">
         <v>120</v>
       </c>
       <c r="K21" s="5">
         <v>120</v>
       </c>
       <c r="L21" s="5">
         <v>120</v>
       </c>
       <c r="M21" s="5">
         <v>120</v>
       </c>
       <c r="N21" s="5">
         <v>120</v>
       </c>
       <c r="O21" s="5">
         <v>120</v>
       </c>
       <c r="P21" s="5">
         <v>120</v>
       </c>
       <c r="Q21" s="5">
         <v>120</v>
       </c>
-      <c r="R21" s="7">
-        <v>100</v>
+      <c r="R21" s="5">
+        <v>120</v>
       </c>
       <c r="S21" s="7">
         <v>100</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
       <c r="V21" s="7">
         <v>100</v>
       </c>
       <c r="W21" s="7">
         <v>100</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F23" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G23" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="G23" s="7" t="s">
+      <c r="H23" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>68</v>
       </c>
       <c r="K23" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L23" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="L23" s="7" t="s">
+      <c r="M23" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="N23" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="P23" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="P23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="S23" s="7" t="s">
+      <c r="T23" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="T23" s="7" t="s">
+      <c r="U23" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="V23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W23" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="X23" s="7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AA23" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="AB23" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
+        <v>599</v>
+      </c>
+      <c r="D24" s="5">
         <v>540</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>571</v>
       </c>
-      <c r="E24" s="5">
+      <c r="F24" s="5">
         <v>574</v>
       </c>
-      <c r="F24" s="5">
+      <c r="G24" s="5">
         <v>630</v>
       </c>
-      <c r="G24" s="5">
+      <c r="H24" s="5">
         <v>579</v>
       </c>
-      <c r="H24" s="5">
+      <c r="I24" s="5">
         <v>569</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>579</v>
       </c>
-      <c r="J24" s="5">
+      <c r="K24" s="5">
         <v>585</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>579</v>
       </c>
-      <c r="L24" s="5">
+      <c r="M24" s="5">
         <v>609</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>558</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>549</v>
       </c>
-      <c r="O24" s="5">
+      <c r="P24" s="5">
         <v>614</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>617</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>475</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>479</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>464</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>463</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>443</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>475</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>409</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>467</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>484</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>472</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>466</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>429</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>510</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>481</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="5">
         <v>120</v>
       </c>
       <c r="D25" s="5">
         <v>120</v>
       </c>
       <c r="E25" s="5">
         <v>120</v>
       </c>
       <c r="F25" s="5">
         <v>120</v>
       </c>
       <c r="G25" s="5">
         <v>120</v>
       </c>
       <c r="H25" s="5">
         <v>120</v>
       </c>
       <c r="I25" s="5">
         <v>120</v>
       </c>
       <c r="J25" s="5">
         <v>120</v>
       </c>
       <c r="K25" s="5">
         <v>120</v>
       </c>
       <c r="L25" s="5">
         <v>120</v>
       </c>
       <c r="M25" s="5">
         <v>120</v>
       </c>
       <c r="N25" s="5">
         <v>120</v>
       </c>
       <c r="O25" s="5">
         <v>120</v>
       </c>
       <c r="P25" s="5">
         <v>120</v>
       </c>
-      <c r="Q25" s="7">
-        <v>100</v>
+      <c r="Q25" s="5">
+        <v>120</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
       <c r="W25" s="7">
         <v>100</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>66</v>
       </c>
       <c r="G27" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H27" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="I27" s="7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="K27" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L27" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>81</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>82</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>83</v>
       </c>
       <c r="R27" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="S27" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="S27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T27" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="U27" s="7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>86</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>87</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>88</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>89</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>91</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>92</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>93</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>94</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>95</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
+        <v>640</v>
+      </c>
+      <c r="D28" s="5">
         <v>550</v>
       </c>
-      <c r="D28" s="5">
+      <c r="E28" s="5">
         <v>591</v>
       </c>
-      <c r="E28" s="5">
+      <c r="F28" s="5">
         <v>522</v>
       </c>
-      <c r="F28" s="5">
+      <c r="G28" s="5">
         <v>550</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>585</v>
       </c>
-      <c r="H28" s="5">
+      <c r="I28" s="5">
         <v>518</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>577</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>543</v>
       </c>
-      <c r="K28" s="5">
+      <c r="L28" s="5">
         <v>533</v>
       </c>
-      <c r="L28" s="5">
+      <c r="M28" s="5">
         <v>535</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>435</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>467</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>464</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>462</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>485</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>440</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>443</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>451</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>505</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>454</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>453</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>495</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>466</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>456</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>465</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>452</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>477</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>413</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
       <c r="D29" s="5">
         <v>120</v>
       </c>
       <c r="E29" s="5">
         <v>120</v>
       </c>
       <c r="F29" s="5">
         <v>120</v>
       </c>
       <c r="G29" s="5">
         <v>120</v>
       </c>
       <c r="H29" s="5">
         <v>120</v>
       </c>
       <c r="I29" s="5">
         <v>120</v>
       </c>
       <c r="J29" s="5">
         <v>120</v>
       </c>
       <c r="K29" s="5">
         <v>120</v>
       </c>
       <c r="L29" s="5">
         <v>120</v>
       </c>
-      <c r="M29" s="7">
-        <v>100</v>
+      <c r="M29" s="5">
+        <v>120</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
       <c r="Q29" s="7">
         <v>100</v>
       </c>
       <c r="R29" s="7">
         <v>100</v>
       </c>
       <c r="S29" s="7">
         <v>100</v>
       </c>
       <c r="T29" s="7">
         <v>100</v>
       </c>
       <c r="U29" s="7">
         <v>100</v>
       </c>
@@ -2828,230 +2828,230 @@
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>63</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E31" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="F31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H31" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="H31" s="7" t="s">
+      <c r="I31" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="I31" s="7" t="s">
+      <c r="J31" s="7" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>68</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="M31" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="N31" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="Q31" s="7" t="s">
+      <c r="R31" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AA31" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB31" s="7" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AD31" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE31" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="AE31" s="7" t="s">
+      <c r="AF31" s="7" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
+        <v>558</v>
+      </c>
+      <c r="D32" s="5">
         <v>553</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>561</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>537</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>539</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>549</v>
       </c>
-      <c r="H32" s="5">
+      <c r="I32" s="5">
         <v>533</v>
       </c>
-      <c r="I32" s="5">
+      <c r="J32" s="5">
         <v>560</v>
       </c>
-      <c r="J32" s="5">
+      <c r="K32" s="5">
         <v>556</v>
       </c>
-      <c r="K32" s="5">
+      <c r="L32" s="5">
         <v>540</v>
       </c>
-      <c r="L32" s="5">
+      <c r="M32" s="5">
         <v>595</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>576</v>
       </c>
-      <c r="N32" s="5">
+      <c r="O32" s="5">
         <v>507</v>
       </c>
-      <c r="O32" s="5">
+      <c r="P32" s="5">
         <v>579</v>
       </c>
-      <c r="P32" s="5">
+      <c r="Q32" s="5">
         <v>562</v>
       </c>
-      <c r="Q32" s="5">
+      <c r="R32" s="5">
         <v>550</v>
       </c>
-      <c r="R32" s="5">
+      <c r="S32" s="5">
         <v>602</v>
       </c>
-      <c r="S32" s="5">
+      <c r="T32" s="5">
         <v>550</v>
       </c>
-      <c r="T32" s="5">
+      <c r="U32" s="5">
         <v>597</v>
       </c>
-      <c r="U32" s="5">
+      <c r="V32" s="5">
         <v>546</v>
       </c>
-      <c r="V32" s="5">
+      <c r="W32" s="5">
         <v>594</v>
       </c>
-      <c r="W32" s="5">
+      <c r="X32" s="5">
         <v>553</v>
       </c>
-      <c r="X32" s="5">
+      <c r="Y32" s="5">
         <v>582</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>449</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>455</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>569</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>452</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>456</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>544</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="5">
         <v>120</v>
       </c>
       <c r="D33" s="5">
         <v>120</v>
       </c>
       <c r="E33" s="5">
         <v>120</v>
       </c>
       <c r="F33" s="5">
         <v>120</v>
       </c>
       <c r="G33" s="5">
         <v>120</v>
       </c>
       <c r="H33" s="5">
         <v>120</v>
       </c>
       <c r="I33" s="5">
@@ -3080,153 +3080,153 @@
       </c>
       <c r="Q33" s="5">
         <v>120</v>
       </c>
       <c r="R33" s="5">
         <v>120</v>
       </c>
       <c r="S33" s="5">
         <v>120</v>
       </c>
       <c r="T33" s="5">
         <v>120</v>
       </c>
       <c r="U33" s="5">
         <v>120</v>
       </c>
       <c r="V33" s="5">
         <v>120</v>
       </c>
       <c r="W33" s="5">
         <v>120</v>
       </c>
       <c r="X33" s="5">
         <v>120</v>
       </c>
-      <c r="Y33" s="7">
-        <v>100</v>
+      <c r="Y33" s="5">
+        <v>120</v>
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
-      <c r="AA33" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AA33" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB33" s="5">
+        <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
-      <c r="AD33" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AD33" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE33" s="5">
+        <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>61</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>109</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>110</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
         <v>503</v>
       </c>
       <c r="D36" s="5">
         <v>552</v>
       </c>
       <c r="E36" s="5">
         <v>502</v>
       </c>
       <c r="F36" s="5">
         <v>521</v>
       </c>
       <c r="G36" s="5">