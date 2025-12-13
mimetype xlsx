--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Výsledky hráčů družstva TJ Sparta Kutná Hora B na kuželně TJ Sparta Kutná Hora</t>
   </si>
   <si>
     <t>Václav Jelínek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>15.9.2022</t>
   </si>
   <si>
@@ -285,50 +285,53 @@
     <t>19.1.2024</t>
   </si>
   <si>
     <t>24.11.2023</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
   <si>
     <t>Václav Pufler</t>
   </si>
   <si>
     <t>11.9.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>Bohumír Kopecký</t>
   </si>
   <si>
     <t>Adam Janda</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
@@ -2648,238 +2651,238 @@
       <c r="F27" s="7" t="s">
         <v>94</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>95</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>96</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>97</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>98</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>99</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>100</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>101</v>
       </c>
       <c r="N27" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="O27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="R27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S27" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="T27" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="T27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U27" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="V27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="AD27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE27" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="AF27" s="7" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
+        <v>640</v>
+      </c>
+      <c r="D28" s="5">
         <v>550</v>
       </c>
-      <c r="D28" s="5">
+      <c r="E28" s="5">
         <v>591</v>
       </c>
-      <c r="E28" s="5">
+      <c r="F28" s="5">
         <v>522</v>
       </c>
-      <c r="F28" s="5">
+      <c r="G28" s="5">
         <v>550</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>585</v>
       </c>
-      <c r="H28" s="5">
+      <c r="I28" s="5">
         <v>518</v>
       </c>
-      <c r="I28" s="5">
+      <c r="J28" s="5">
         <v>577</v>
       </c>
-      <c r="J28" s="5">
+      <c r="K28" s="5">
         <v>543</v>
       </c>
-      <c r="K28" s="5">
+      <c r="L28" s="5">
         <v>533</v>
       </c>
-      <c r="L28" s="5">
+      <c r="M28" s="5">
         <v>535</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>435</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>467</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>464</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>462</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>485</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>440</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>443</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>451</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>505</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>454</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>453</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>495</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>466</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>456</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>465</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>452</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>477</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>413</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
       <c r="D29" s="5">
         <v>120</v>
       </c>
       <c r="E29" s="5">
         <v>120</v>
       </c>
       <c r="F29" s="5">
         <v>120</v>
       </c>
       <c r="G29" s="5">
         <v>120</v>
       </c>
       <c r="H29" s="5">
         <v>120</v>
       </c>
       <c r="I29" s="5">
         <v>120</v>
       </c>
       <c r="J29" s="5">
         <v>120</v>
       </c>
       <c r="K29" s="5">
         <v>120</v>
       </c>
       <c r="L29" s="5">
         <v>120</v>
       </c>
-      <c r="M29" s="7">
-        <v>100</v>
+      <c r="M29" s="5">
+        <v>120</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
       <c r="Q29" s="7">
         <v>100</v>
       </c>
       <c r="R29" s="7">
         <v>100</v>
       </c>
       <c r="S29" s="7">
         <v>100</v>
       </c>
       <c r="T29" s="7">
         <v>100</v>
       </c>
       <c r="U29" s="7">
         <v>100</v>
       </c>
@@ -2897,111 +2900,111 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>74</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>84</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>415</v>
       </c>
       <c r="D32" s="4">
         <v>439</v>
       </c>
       <c r="E32" s="4">
         <v>504</v>
       </c>
       <c r="F32" s="4">
         <v>435</v>
       </c>
       <c r="G32" s="4">
         <v>399</v>
       </c>
       <c r="H32" s="4">
         <v>402</v>
       </c>
       <c r="I32" s="4">
@@ -3086,239 +3089,239 @@
       </c>
       <c r="O33" s="7">
         <v>100</v>
       </c>
       <c r="P33" s="7">
         <v>100</v>
       </c>
       <c r="Q33" s="7">
         <v>100</v>
       </c>
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>91</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>122</v>
+        <v>94</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>123</v>
+        <v>95</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>124</v>
+        <v>97</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>97</v>
+        <v>125</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>98</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>125</v>
+        <v>99</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>99</v>
+        <v>126</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>127</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>128</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>129</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>130</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>131</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>132</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>133</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>134</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>135</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="Y35" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z35" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="AA35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB35" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="AC35" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="AD35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE35" s="7" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
+        <v>558</v>
+      </c>
+      <c r="D36" s="5">
         <v>553</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="5">
         <v>561</v>
       </c>
-      <c r="E36" s="5">
+      <c r="F36" s="5">
         <v>537</v>
       </c>
-      <c r="F36" s="5">
+      <c r="G36" s="5">
         <v>539</v>
       </c>
-      <c r="G36" s="5">
+      <c r="H36" s="5">
         <v>549</v>
       </c>
-      <c r="H36" s="5">
+      <c r="I36" s="5">
         <v>533</v>
       </c>
-      <c r="I36" s="5">
+      <c r="J36" s="5">
         <v>560</v>
       </c>
-      <c r="J36" s="5">
+      <c r="K36" s="5">
         <v>556</v>
       </c>
-      <c r="K36" s="5">
+      <c r="L36" s="5">
         <v>540</v>
       </c>
-      <c r="L36" s="5">
+      <c r="M36" s="5">
         <v>595</v>
       </c>
-      <c r="M36" s="5">
+      <c r="N36" s="5">
         <v>576</v>
       </c>
-      <c r="N36" s="5">
+      <c r="O36" s="5">
         <v>507</v>
       </c>
-      <c r="O36" s="5">
+      <c r="P36" s="5">
         <v>579</v>
       </c>
-      <c r="P36" s="5">
+      <c r="Q36" s="5">
         <v>562</v>
       </c>
-      <c r="Q36" s="5">
+      <c r="R36" s="5">
         <v>550</v>
       </c>
-      <c r="R36" s="5">
+      <c r="S36" s="5">
         <v>602</v>
       </c>
-      <c r="S36" s="5">
+      <c r="T36" s="5">
         <v>550</v>
       </c>
-      <c r="T36" s="5">
+      <c r="U36" s="5">
         <v>597</v>
       </c>
-      <c r="U36" s="5">
+      <c r="V36" s="5">
         <v>546</v>
       </c>
-      <c r="V36" s="5">
+      <c r="W36" s="5">
         <v>594</v>
       </c>
-      <c r="W36" s="5">
+      <c r="X36" s="5">
         <v>553</v>
       </c>
-      <c r="X36" s="5">
+      <c r="Y36" s="5">
         <v>582</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>449</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>455</v>
       </c>
-      <c r="AA36" s="5">
+      <c r="AB36" s="5">
         <v>569</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>452</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>456</v>
       </c>
-      <c r="AD36" s="5">
+      <c r="AE36" s="5">
         <v>544</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="5">
         <v>120</v>
       </c>
       <c r="D37" s="5">
         <v>120</v>
       </c>
       <c r="E37" s="5">
         <v>120</v>
       </c>
       <c r="F37" s="5">
         <v>120</v>
       </c>
       <c r="G37" s="5">
         <v>120</v>
       </c>
       <c r="H37" s="5">
         <v>120</v>
       </c>
       <c r="I37" s="5">
@@ -3347,70 +3350,70 @@
       </c>
       <c r="Q37" s="5">
         <v>120</v>
       </c>
       <c r="R37" s="5">
         <v>120</v>
       </c>
       <c r="S37" s="5">
         <v>120</v>
       </c>
       <c r="T37" s="5">
         <v>120</v>
       </c>
       <c r="U37" s="5">
         <v>120</v>
       </c>
       <c r="V37" s="5">
         <v>120</v>
       </c>
       <c r="W37" s="5">
         <v>120</v>
       </c>
       <c r="X37" s="5">
         <v>120</v>
       </c>
-      <c r="Y37" s="7">
-        <v>100</v>
+      <c r="Y37" s="5">
+        <v>120</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
-      <c r="AA37" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AA37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB37" s="5">
+        <v>120</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
-      <c r="AD37" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AD37" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE37" s="5">
+        <v>120</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>