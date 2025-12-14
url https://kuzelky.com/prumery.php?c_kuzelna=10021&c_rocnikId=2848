--- v0 (2025-12-09)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>Výsledky hráčů družstva TJ Sparta Kutná Hora na kuželně TJ Sparta Kutná Hora</t>
   </si>
   <si>
     <t>Václav Jelínek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>15.9.2022</t>
   </si>
   <si>
@@ -381,50 +381,53 @@
     <t>19.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>Ondřej Tesař</t>
   </si>
   <si>
     <t>23.10.2019</t>
   </si>
   <si>
     <t>8.3.2019</t>
   </si>
   <si>
     <t>22.2.2019</t>
   </si>
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>1.2.2019</t>
   </si>
   <si>
     <t>Dušan Hrčkulák</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>21.4.2023</t>
   </si>
@@ -2843,221 +2846,221 @@
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>123</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>124</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>125</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>126</v>
       </c>
       <c r="G31" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="H31" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="H31" s="7" t="s">
+      <c r="I31" s="7" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>128</v>
       </c>
       <c r="K31" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="L31" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="L31" s="7" t="s">
+      <c r="M31" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="Q31" s="7" t="s">
+      <c r="R31" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="Y31" s="7" t="s">
+      <c r="Z31" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="Z31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AA31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB31" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="AC31" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="AC31" s="7" t="s">
+      <c r="AD31" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AD31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="AF31" s="7" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
+        <v>621</v>
+      </c>
+      <c r="D32" s="5">
         <v>595</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>572</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>593</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>594</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>575</v>
       </c>
-      <c r="H32" s="5">
+      <c r="I32" s="5">
         <v>608</v>
       </c>
-      <c r="I32" s="5">
+      <c r="J32" s="5">
         <v>565</v>
       </c>
-      <c r="J32" s="5">
+      <c r="K32" s="5">
         <v>611</v>
       </c>
-      <c r="K32" s="5">
+      <c r="L32" s="5">
         <v>566</v>
       </c>
-      <c r="L32" s="5">
+      <c r="M32" s="5">
         <v>587</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>637</v>
       </c>
-      <c r="N32" s="5">
+      <c r="O32" s="5">
         <v>596</v>
       </c>
-      <c r="O32" s="5">
+      <c r="P32" s="5">
         <v>542</v>
       </c>
-      <c r="P32" s="5">
+      <c r="Q32" s="5">
         <v>597</v>
       </c>
-      <c r="Q32" s="5">
+      <c r="R32" s="5">
         <v>540</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>470</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>500</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>499</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>469</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>443</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>471</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>428</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>454</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="AB32" s="4">
         <v>439</v>
       </c>
       <c r="AC32" s="4">
+        <v>439</v>
+      </c>
+      <c r="AD32" s="4">
         <v>491</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>452</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="5">
         <v>120</v>
       </c>
       <c r="D33" s="5">
         <v>120</v>
       </c>
       <c r="E33" s="5">
         <v>120</v>
       </c>
       <c r="F33" s="5">
         <v>120</v>
       </c>
       <c r="G33" s="5">
         <v>120</v>
       </c>
       <c r="H33" s="5">
         <v>120</v>
       </c>
       <c r="I33" s="5">
@@ -3065,192 +3068,192 @@
       </c>
       <c r="J33" s="5">
         <v>120</v>
       </c>
       <c r="K33" s="5">
         <v>120</v>
       </c>
       <c r="L33" s="5">
         <v>120</v>
       </c>
       <c r="M33" s="5">
         <v>120</v>
       </c>
       <c r="N33" s="5">
         <v>120</v>
       </c>
       <c r="O33" s="5">
         <v>120</v>
       </c>
       <c r="P33" s="5">
         <v>120</v>
       </c>
       <c r="Q33" s="5">
         <v>120</v>
       </c>
-      <c r="R33" s="7">
-        <v>100</v>
+      <c r="R33" s="5">
+        <v>120</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>100</v>
       </c>
       <c r="W33" s="7">
         <v>100</v>
       </c>
       <c r="X33" s="7">
         <v>100</v>
       </c>
       <c r="Y33" s="7">
         <v>100</v>
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>90</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>91</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>92</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>469</v>
       </c>
       <c r="D36" s="4">
         <v>506</v>
       </c>
       <c r="E36" s="4">
         <v>531</v>
       </c>
       <c r="F36" s="4">
         <v>515</v>
       </c>
       <c r="G36" s="4">
         <v>496</v>
       </c>
       <c r="H36" s="4">
         <v>463</v>
       </c>
       <c r="I36" s="4">
@@ -3401,239 +3404,239 @@
       </c>
       <c r="Z37" s="5">
         <v>120</v>
       </c>
       <c r="AA37" s="5">
         <v>120</v>
       </c>
       <c r="AB37" s="5">
         <v>120</v>
       </c>
       <c r="AC37" s="5">
         <v>120</v>
       </c>
       <c r="AD37" s="5">
         <v>120</v>
       </c>
       <c r="AE37" s="5">
         <v>120</v>
       </c>
       <c r="AF37" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>123</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>124</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>125</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>126</v>
       </c>
       <c r="G39" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="H39" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="H39" s="7" t="s">
+      <c r="I39" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="I39" s="7" t="s">
+      <c r="J39" s="7" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>128</v>
       </c>
       <c r="L39" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="M39" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="M39" s="7" t="s">
+      <c r="N39" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="N39" s="7" t="s">
+      <c r="O39" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="O39" s="7" t="s">
+      <c r="P39" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="P39" s="7" t="s">
+      <c r="Q39" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="Q39" s="7" t="s">
+      <c r="R39" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="R39" s="7" t="s">
+      <c r="S39" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="S39" s="7" t="s">
+      <c r="T39" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="T39" s="7" t="s">
+      <c r="U39" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="U39" s="7" t="s">
+      <c r="V39" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="V39" s="7" t="s">
+      <c r="W39" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="W39" s="7" t="s">
+      <c r="X39" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="X39" s="7" t="s">
+      <c r="Y39" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="Y39" s="7" t="s">
+      <c r="Z39" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="Z39" s="7" t="s">
+      <c r="AA39" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AA39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB39" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="AC39" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AC39" s="7" t="s">
+      <c r="AD39" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="AD39" s="7" t="s">
+      <c r="AE39" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AE39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF39" s="7" t="s">
-        <v>80</v>
+        <v>131</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
+        <v>561</v>
+      </c>
+      <c r="D40" s="5">
         <v>528</v>
       </c>
-      <c r="D40" s="5">
+      <c r="E40" s="5">
         <v>563</v>
       </c>
-      <c r="E40" s="5">
+      <c r="F40" s="5">
         <v>551</v>
       </c>
-      <c r="F40" s="5">
+      <c r="G40" s="5">
         <v>534</v>
       </c>
-      <c r="G40" s="5">
+      <c r="H40" s="5">
         <v>589</v>
       </c>
-      <c r="H40" s="5">
+      <c r="I40" s="5">
         <v>548</v>
       </c>
-      <c r="I40" s="5">
+      <c r="J40" s="5">
         <v>488</v>
       </c>
-      <c r="J40" s="5">
+      <c r="K40" s="5">
         <v>529</v>
       </c>
-      <c r="K40" s="5">
+      <c r="L40" s="5">
         <v>579</v>
       </c>
-      <c r="L40" s="5">
+      <c r="M40" s="5">
         <v>587</v>
       </c>
-      <c r="M40" s="5">
+      <c r="N40" s="5">
         <v>555</v>
       </c>
-      <c r="N40" s="5">
+      <c r="O40" s="5">
         <v>572</v>
       </c>
-      <c r="O40" s="5">
+      <c r="P40" s="5">
         <v>516</v>
       </c>
-      <c r="P40" s="5">
+      <c r="Q40" s="5">
         <v>525</v>
       </c>
-      <c r="Q40" s="5">
+      <c r="R40" s="5">
         <v>524</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>450</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>468</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>462</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>476</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>496</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>457</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>435</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>463</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>473</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>458</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>456</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>482</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>429</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="5">
         <v>120</v>
       </c>
       <c r="D41" s="5">
         <v>120</v>
       </c>
       <c r="E41" s="5">
         <v>120</v>
       </c>
       <c r="F41" s="5">
         <v>120</v>
       </c>
       <c r="G41" s="5">
         <v>120</v>
       </c>
       <c r="H41" s="5">
         <v>120</v>
       </c>
       <c r="I41" s="5">
@@ -3641,156 +3644,156 @@
       </c>
       <c r="J41" s="5">
         <v>120</v>
       </c>
       <c r="K41" s="5">
         <v>120</v>
       </c>
       <c r="L41" s="5">
         <v>120</v>
       </c>
       <c r="M41" s="5">
         <v>120</v>
       </c>
       <c r="N41" s="5">
         <v>120</v>
       </c>
       <c r="O41" s="5">
         <v>120</v>
       </c>
       <c r="P41" s="5">
         <v>120</v>
       </c>
       <c r="Q41" s="5">
         <v>120</v>
       </c>
-      <c r="R41" s="7">
-        <v>100</v>
+      <c r="R41" s="5">
+        <v>120</v>
       </c>
       <c r="S41" s="7">
         <v>100</v>
       </c>
       <c r="T41" s="7">
         <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>100</v>
       </c>
       <c r="V41" s="7">
         <v>100</v>
       </c>
       <c r="W41" s="7">
         <v>100</v>
       </c>
       <c r="X41" s="7">
         <v>100</v>
       </c>
       <c r="Y41" s="7">
         <v>100</v>
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>106</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>454</v>
       </c>
       <c r="D44" s="4">
         <v>453</v>
       </c>
       <c r="E44" s="5">
         <v>510</v>
       </c>
       <c r="F44" s="5">
         <v>517</v>
       </c>
       <c r="G44" s="5">
         <v>462</v>
       </c>
       <c r="H44" s="5">
         <v>536</v>
       </c>
       <c r="I44" s="5">
@@ -3869,411 +3872,411 @@
       </c>
       <c r="N45" s="5">
         <v>120</v>
       </c>
       <c r="O45" s="5">
         <v>120</v>
       </c>
       <c r="P45" s="5">
         <v>120</v>
       </c>
       <c r="Q45" s="5">
         <v>120</v>
       </c>
       <c r="R45" s="5">
         <v>120</v>
       </c>
       <c r="S45" s="5">
         <v>120</v>
       </c>
       <c r="T45" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>123</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>124</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>125</v>
       </c>
       <c r="F47" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="G47" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="G47" s="7" t="s">
+      <c r="H47" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="H47" s="7" t="s">
+      <c r="I47" s="7" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>128</v>
       </c>
       <c r="K47" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="L47" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="L47" s="7" t="s">
+      <c r="M47" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="M47" s="7" t="s">
+      <c r="N47" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="N47" s="7" t="s">
+      <c r="O47" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="O47" s="7" t="s">
+      <c r="P47" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="P47" s="7" t="s">
+      <c r="Q47" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="Q47" s="7" t="s">
+      <c r="R47" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="R47" s="7" t="s">
+      <c r="S47" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="S47" s="7" t="s">
+      <c r="T47" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="T47" s="7" t="s">
+      <c r="U47" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="U47" s="7" t="s">
+      <c r="V47" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="V47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W47" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="X47" s="7" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="Y47" s="7" t="s">
         <v>133</v>
       </c>
       <c r="Z47" s="7" t="s">
         <v>134</v>
       </c>
       <c r="AA47" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="AB47" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="AB47" s="7" t="s">
+      <c r="AC47" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="AC47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD47" s="7" t="s">
-        <v>172</v>
+        <v>141</v>
       </c>
       <c r="AE47" s="7" t="s">
         <v>173</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>83</v>
+        <v>174</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="5">
+        <v>599</v>
+      </c>
+      <c r="D48" s="5">
         <v>540</v>
       </c>
-      <c r="D48" s="5">
+      <c r="E48" s="5">
         <v>571</v>
       </c>
-      <c r="E48" s="5">
+      <c r="F48" s="5">
         <v>574</v>
       </c>
-      <c r="F48" s="5">
+      <c r="G48" s="5">
         <v>630</v>
       </c>
-      <c r="G48" s="5">
+      <c r="H48" s="5">
         <v>579</v>
       </c>
-      <c r="H48" s="5">
+      <c r="I48" s="5">
         <v>569</v>
       </c>
-      <c r="I48" s="5">
+      <c r="J48" s="5">
         <v>579</v>
       </c>
-      <c r="J48" s="5">
+      <c r="K48" s="5">
         <v>585</v>
       </c>
-      <c r="K48" s="5">
+      <c r="L48" s="5">
         <v>579</v>
       </c>
-      <c r="L48" s="5">
+      <c r="M48" s="5">
         <v>609</v>
       </c>
-      <c r="M48" s="5">
+      <c r="N48" s="5">
         <v>558</v>
       </c>
-      <c r="N48" s="5">
+      <c r="O48" s="5">
         <v>549</v>
       </c>
-      <c r="O48" s="5">
+      <c r="P48" s="5">
         <v>614</v>
       </c>
-      <c r="P48" s="5">
+      <c r="Q48" s="5">
         <v>617</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>475</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>479</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>464</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>463</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>443</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>475</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>409</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>467</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>484</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>472</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>466</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>429</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>510</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>481</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="5">
         <v>120</v>
       </c>
       <c r="D49" s="5">
         <v>120</v>
       </c>
       <c r="E49" s="5">
         <v>120</v>
       </c>
       <c r="F49" s="5">
         <v>120</v>
       </c>
       <c r="G49" s="5">
         <v>120</v>
       </c>
       <c r="H49" s="5">
         <v>120</v>
       </c>
       <c r="I49" s="5">
         <v>120</v>
       </c>
       <c r="J49" s="5">
         <v>120</v>
       </c>
       <c r="K49" s="5">
         <v>120</v>
       </c>
       <c r="L49" s="5">
         <v>120</v>
       </c>
       <c r="M49" s="5">
         <v>120</v>
       </c>
       <c r="N49" s="5">
         <v>120</v>
       </c>
       <c r="O49" s="5">
         <v>120</v>
       </c>
       <c r="P49" s="5">
         <v>120</v>
       </c>
-      <c r="Q49" s="7">
-        <v>100</v>
+      <c r="Q49" s="5">
+        <v>120</v>
       </c>
       <c r="R49" s="7">
         <v>100</v>
       </c>
       <c r="S49" s="7">
         <v>100</v>
       </c>
       <c r="T49" s="7">
         <v>100</v>
       </c>
       <c r="U49" s="7">
         <v>100</v>
       </c>
       <c r="V49" s="7">
         <v>100</v>
       </c>
       <c r="W49" s="7">
         <v>100</v>
       </c>
       <c r="X49" s="7">
         <v>100</v>
       </c>
       <c r="Y49" s="7">
         <v>100</v>
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>95</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>96</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>28</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>29</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="Y51" s="7" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">
         <v>592</v>
       </c>
       <c r="D52" s="5">
         <v>575</v>
       </c>
       <c r="E52" s="4">
         <v>470</v>
       </c>
       <c r="F52" s="4">
         <v>429</v>
       </c>
       <c r="G52" s="4">
         <v>468</v>
       </c>
       <c r="H52" s="4">
         <v>449</v>
       </c>
       <c r="I52" s="4">
@@ -4382,277 +4385,277 @@
       </c>
       <c r="S53" s="5">
         <v>120</v>
       </c>
       <c r="T53" s="5">
         <v>120</v>
       </c>
       <c r="U53" s="5">
         <v>120</v>
       </c>
       <c r="V53" s="5">
         <v>120</v>
       </c>
       <c r="W53" s="5">
         <v>120</v>
       </c>
       <c r="X53" s="5">
         <v>120</v>
       </c>
       <c r="Y53" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>123</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>124</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>125</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>126</v>
       </c>
       <c r="G55" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="H55" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="H55" s="7" t="s">
+      <c r="I55" s="7" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>128</v>
       </c>
       <c r="K55" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="L55" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="L55" s="7" t="s">
+      <c r="M55" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="M55" s="7" t="s">
+      <c r="N55" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="N55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O55" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="P55" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="P55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q55" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="R55" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="R55" s="7" t="s">
+      <c r="S55" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="S55" s="7" t="s">
+      <c r="T55" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="T55" s="7" t="s">
+      <c r="U55" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="U55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V55" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="W55" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="W55" s="7" t="s">
+      <c r="X55" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="X55" s="7" t="s">
+      <c r="Y55" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="Y55" s="7" t="s">
+      <c r="Z55" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="Z55" s="7" t="s">
+      <c r="AA55" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="AA55" s="7" t="s">
+      <c r="AB55" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="AB55" s="7" t="s">
+      <c r="AC55" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="AC55" s="7" t="s">
+      <c r="AD55" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="AD55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE55" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="AF55" s="7" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="5">
+        <v>640</v>
+      </c>
+      <c r="D56" s="5">
         <v>550</v>
       </c>
-      <c r="D56" s="5">
+      <c r="E56" s="5">
         <v>591</v>
       </c>
-      <c r="E56" s="5">
+      <c r="F56" s="5">
         <v>522</v>
       </c>
-      <c r="F56" s="5">
+      <c r="G56" s="5">
         <v>550</v>
       </c>
-      <c r="G56" s="5">
+      <c r="H56" s="5">
         <v>585</v>
       </c>
-      <c r="H56" s="5">
+      <c r="I56" s="5">
         <v>518</v>
       </c>
-      <c r="I56" s="5">
+      <c r="J56" s="5">
         <v>577</v>
       </c>
-      <c r="J56" s="5">
+      <c r="K56" s="5">
         <v>543</v>
       </c>
-      <c r="K56" s="5">
+      <c r="L56" s="5">
         <v>533</v>
       </c>
-      <c r="L56" s="5">
+      <c r="M56" s="5">
         <v>535</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>435</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>467</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>464</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>462</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>485</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>440</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>443</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>451</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>505</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>454</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>453</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>495</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>466</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>456</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>465</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>452</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>477</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>413</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="5">
         <v>120</v>
       </c>
       <c r="D57" s="5">
         <v>120</v>
       </c>
       <c r="E57" s="5">
         <v>120</v>
       </c>
       <c r="F57" s="5">
         <v>120</v>
       </c>
       <c r="G57" s="5">
         <v>120</v>
       </c>
       <c r="H57" s="5">
         <v>120</v>
       </c>
       <c r="I57" s="5">
         <v>120</v>
       </c>
       <c r="J57" s="5">
         <v>120</v>
       </c>
       <c r="K57" s="5">
         <v>120</v>
       </c>
       <c r="L57" s="5">
         <v>120</v>
       </c>
-      <c r="M57" s="7">
-        <v>100</v>
+      <c r="M57" s="5">
+        <v>120</v>
       </c>
       <c r="N57" s="7">
         <v>100</v>
       </c>
       <c r="O57" s="7">
         <v>100</v>
       </c>
       <c r="P57" s="7">
         <v>100</v>
       </c>
       <c r="Q57" s="7">
         <v>100</v>
       </c>
       <c r="R57" s="7">
         <v>100</v>
       </c>
       <c r="S57" s="7">
         <v>100</v>
       </c>
       <c r="T57" s="7">
         <v>100</v>
       </c>
       <c r="U57" s="7">
         <v>100</v>
       </c>