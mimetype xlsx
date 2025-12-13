--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Výsledky hráčů družstva CB Dobřany B na kuželně TJ Slavoj Plzeň</t>
   </si>
   <si>
     <t>Roman Pivoňka</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>29.9.2022</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
@@ -93,50 +93,53 @@
     <t>22.10.2011</t>
   </si>
   <si>
     <t>24.9.2011</t>
   </si>
   <si>
     <t>Jan Koubský</t>
   </si>
   <si>
     <t>10.12.2016</t>
   </si>
   <si>
     <t>Martin Provazník</t>
   </si>
   <si>
     <t>Roman Lipchavský</t>
   </si>
   <si>
     <t>Michal Šneberger</t>
   </si>
   <si>
     <t>Dominik Novotný</t>
   </si>
   <si>
     <t>Josef Fišer nejml.</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>5.2.2023</t>
   </si>
   <si>
     <t>Karel Sviták</t>
   </si>
   <si>
     <t>Milan Šimek</t>
   </si>
   <si>
     <t>26.9.2022</t>
   </si>
   <si>
     <t>31.1.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -1021,100 +1024,109 @@
     </row>
     <row r="33" spans="1:8">
       <c r="B33" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="D35" s="6" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="36" spans="1:8">
       <c r="B36" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="4">
+        <v>575</v>
+      </c>
+      <c r="D36" s="4">
         <v>560</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="B37" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
+      <c r="D37" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="B40" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="B41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="B44" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="4">
         <v>470</v>
       </c>
       <c r="D44" s="4">
         <v>465</v>
       </c>
       <c r="E44" s="4">
         <v>545</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="B45" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>