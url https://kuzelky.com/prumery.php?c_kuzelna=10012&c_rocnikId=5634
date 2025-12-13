--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -113,50 +113,53 @@
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>13.9.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>Jakub Vydra</t>
   </si>
   <si>
     <t>Michal Drugda</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>7.12.2025</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>2.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
@@ -192,53 +195,50 @@
     <t>23.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>5.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.12.2022</t>
   </si>
   <si>
     <t>Jáchym Kaas</t>
   </si>
   <si>
     <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
@@ -1001,203 +1001,203 @@
       <c r="E15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>37</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>39</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>41</v>
       </c>
       <c r="L15" s="5" t="s">
         <v>42</v>
       </c>
       <c r="M15" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N15" s="5" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="O15" s="5" t="s">
         <v>44</v>
       </c>
       <c r="P15" s="5" t="s">
         <v>45</v>
       </c>
       <c r="Q15" s="5" t="s">
         <v>46</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>47</v>
       </c>
       <c r="S15" s="5" t="s">
         <v>48</v>
       </c>
       <c r="T15" s="5" t="s">
         <v>49</v>
       </c>
       <c r="U15" s="5" t="s">
         <v>50</v>
       </c>
       <c r="V15" s="5" t="s">
         <v>51</v>
       </c>
       <c r="W15" s="5" t="s">
         <v>52</v>
       </c>
       <c r="X15" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y15" s="5" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="Z15" s="5" t="s">
         <v>54</v>
       </c>
       <c r="AA15" s="5" t="s">
         <v>55</v>
       </c>
       <c r="AB15" s="5" t="s">
         <v>56</v>
       </c>
       <c r="AC15" s="5" t="s">
         <v>57</v>
       </c>
       <c r="AD15" s="5" t="s">
         <v>58</v>
       </c>
       <c r="AE15" s="5" t="s">
         <v>59</v>
       </c>
       <c r="AF15" s="5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="6">
+        <v>536</v>
+      </c>
+      <c r="D16" s="6">
         <v>514</v>
       </c>
-      <c r="D16" s="6">
+      <c r="E16" s="6">
         <v>553</v>
       </c>
-      <c r="E16" s="6">
+      <c r="F16" s="6">
         <v>570</v>
       </c>
-      <c r="F16" s="6">
+      <c r="G16" s="6">
         <v>559</v>
       </c>
-      <c r="G16" s="6">
+      <c r="H16" s="6">
         <v>556</v>
       </c>
-      <c r="H16" s="6">
+      <c r="I16" s="6">
         <v>604</v>
       </c>
-      <c r="I16" s="6">
+      <c r="J16" s="6">
         <v>535</v>
       </c>
-      <c r="J16" s="6">
+      <c r="K16" s="6">
         <v>578</v>
       </c>
-      <c r="K16" s="6">
+      <c r="L16" s="6">
         <v>507</v>
       </c>
-      <c r="L16" s="6">
+      <c r="M16" s="6">
         <v>552</v>
       </c>
-      <c r="M16" s="6">
+      <c r="N16" s="6">
         <v>514</v>
       </c>
-      <c r="N16" s="6">
+      <c r="O16" s="6">
         <v>523</v>
       </c>
-      <c r="O16" s="6">
+      <c r="P16" s="6">
         <v>538</v>
       </c>
-      <c r="P16" s="6">
+      <c r="Q16" s="6">
         <v>499</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="R16" s="6">
         <v>530</v>
       </c>
-      <c r="R16" s="6">
+      <c r="S16" s="6">
         <v>567</v>
       </c>
-      <c r="S16" s="6">
+      <c r="T16" s="6">
         <v>513</v>
       </c>
-      <c r="T16" s="6">
+      <c r="U16" s="6">
         <v>532</v>
       </c>
-      <c r="U16" s="6">
+      <c r="V16" s="6">
         <v>564</v>
       </c>
-      <c r="V16" s="6">
+      <c r="W16" s="6">
         <v>556</v>
       </c>
-      <c r="W16" s="6">
+      <c r="X16" s="6">
         <v>519</v>
       </c>
-      <c r="X16" s="6">
+      <c r="Y16" s="6">
         <v>536</v>
       </c>
-      <c r="Y16" s="6">
+      <c r="Z16" s="6">
         <v>589</v>
       </c>
-      <c r="Z16" s="6">
+      <c r="AA16" s="6">
         <v>504</v>
       </c>
-      <c r="AA16" s="6">
+      <c r="AB16" s="6">
         <v>512</v>
       </c>
-      <c r="AB16" s="6">
+      <c r="AC16" s="6">
         <v>544</v>
       </c>
-      <c r="AC16" s="6">
+      <c r="AD16" s="6">
         <v>535</v>
       </c>
-      <c r="AD16" s="6">
+      <c r="AE16" s="6">
         <v>536</v>
       </c>
-      <c r="AE16" s="6">
+      <c r="AF16" s="6">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="6">
         <v>120</v>
       </c>
       <c r="D17" s="6">
         <v>120</v>
       </c>
       <c r="E17" s="6">
         <v>120</v>
       </c>
       <c r="F17" s="6">
         <v>120</v>
       </c>
       <c r="G17" s="6">
         <v>120</v>
       </c>
       <c r="H17" s="6">
         <v>120</v>
       </c>
       <c r="I17" s="6">
@@ -1259,123 +1259,123 @@
       </c>
       <c r="AB17" s="6">
         <v>120</v>
       </c>
       <c r="AC17" s="6">
         <v>120</v>
       </c>
       <c r="AD17" s="6">
         <v>120</v>
       </c>
       <c r="AE17" s="6">
         <v>120</v>
       </c>
       <c r="AF17" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>63</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>64</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L19" s="5" t="s">
         <v>65</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>9</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P19" s="5" t="s">
         <v>66</v>
       </c>
       <c r="Q19" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R19" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="S19" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="T19" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="U19" s="5" t="s">
         <v>67</v>
       </c>
       <c r="V19" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W19" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="X19" s="5" t="s">
         <v>10</v>
       </c>
       <c r="Y19" s="5" t="s">
         <v>68</v>
       </c>
       <c r="Z19" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AA19" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AB19" s="5" t="s">
         <v>69</v>
       </c>
       <c r="AC19" s="5" t="s">
         <v>70</v>
       </c>
       <c r="AD19" s="5" t="s">
         <v>71</v>
       </c>
       <c r="AE19" s="5" t="s">
         <v>72</v>
       </c>
       <c r="AF19" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
         <v>522</v>
       </c>
       <c r="D20" s="6">