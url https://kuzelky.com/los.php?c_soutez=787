--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -3635,80 +3635,80 @@
     </w:p>
     <w:p w14:paraId="3F364E52" w14:textId="4D50CCD4" w:rsidRDefault="005F152D" w:rsidP="001B3A42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>12.12.2025</w:t>
-[...28 lines deleted...]
-        <w:t>17:30</w:t>
+        <w:t>10.12.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>17:00</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -3745,51 +3745,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Kunžak B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Josef Svoboda</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CCC1CF" w14:textId="0CC2B42B" w:rsidRDefault="007904BA" w:rsidP="00DC6862">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
@@ -8165,51 +8165,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>KK Český Krumlov A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Rostislav Solkan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CCC1CF" w14:textId="0CC2B42B" w:rsidRDefault="007904BA" w:rsidP="00DC6862">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
@@ -9385,51 +9385,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Kunžak B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Jiří Minařík</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F364E52" w14:textId="4D50CCD4" w:rsidRDefault="005F152D" w:rsidP="001B3A42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
@@ -9522,51 +9522,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Sokol Písek A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Vojtěch Krákora</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F364E52" w14:textId="4D50CCD4" w:rsidRDefault="005F152D" w:rsidP="001B3A42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
@@ -9659,51 +9659,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Sokol Nové Hrady C </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Rostislav Solkan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F364E52" w14:textId="4D50CCD4" w:rsidRDefault="005F152D" w:rsidP="001B3A42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
@@ -9796,51 +9796,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Fezko Strakonice A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Tomáš Polánský</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F364E52" w14:textId="4D50CCD4" w:rsidRDefault="005F152D" w:rsidP="001B3A42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
@@ -9933,51 +9933,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Sokol Chýnov A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Martina Křemenová</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CCC1CF" w14:textId="0CC2B42B" w:rsidRDefault="007904BA" w:rsidP="00DC6862">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8222"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="70" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
@@ -19958,63 +19958,63 @@
     <w:p w14:paraId="150FFAD2" w14:textId="34A6AB23" w:rsidRDefault="005E2DB9" w:rsidP="00EB6A71">
       <w:pPr>
         <w:pStyle w:val="RozlosovaniZapas"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1077"/>
           <w:tab w:val="clear" w:pos="1560"/>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="8505"/>
           <w:tab w:val="decimal" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:pos="9894"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>12.12.25</w:t>
-[...11 lines deleted...]
-        <w:t>17:30</w:t>
+        <w:t>10.12.25</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>17:00</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>TJ Spartak Trhové Sviny A</w:t>
       </w:r>
       <w:r>
         <w:t> - TJ Kunžak B</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t/>
@@ -24941,63 +24941,63 @@
     <w:p w14:paraId="150FFAD2" w14:textId="34A6AB23" w:rsidRDefault="005E2DB9" w:rsidP="00EB6A71">
       <w:pPr>
         <w:pStyle w:val="RozlosovaniZapas"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1077"/>
           <w:tab w:val="clear" w:pos="1560"/>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="8505"/>
           <w:tab w:val="decimal" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2977"/>
           <w:tab w:val="right" w:pos="9894"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>12.12.25</w:t>
-[...11 lines deleted...]
-        <w:t>17:30</w:t>
+        <w:t>10.12.25</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>17:00</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>TJ Spartak Trhové Sviny A - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>TJ Kunžak B</w:t>
       </w:r>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t/>